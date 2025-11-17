--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R80d70104f01d4ff796dd6f9e2a683576"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R66fdc7d312f542feb005a419fc8ab999"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R80d70104f01d4ff796dd6f9e2a683576" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66fdc7d312f542feb005a419fc8ab999" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F21"/>
+  <x:dimension ref="A1:F23"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="32" customWidth="1"/>
     <x:col min="2" max="2" width="12.8" customWidth="1"/>
     <x:col min="3" max="3" width="11.6" customWidth="1"/>
     <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
     <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
     <x:col min="6" max="6" width="9.28515625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
@@ -297,221 +297,261 @@
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>PHU.7.1.3</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
         <x:v>Vellinge</x:v>
       </x:c>
       <x:c r="D11" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
         <x:v>254.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Genomsnittligt meritvärde</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>PHU.7.1.3</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
-        <x:v>Riket</x:v>
+        <x:v>Vellinge</x:v>
       </x:c>
       <x:c r="D12" s="3">
-        <x:v>42369</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
-        <x:v>226.5</x:v>
+        <x:v>254.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Genomsnittligt meritvärde</x:v>
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>PHU.7.1.3</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
         <x:v>Riket</x:v>
       </x:c>
       <x:c r="D13" s="3">
-        <x:v>42735</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
-        <x:v>230.4</x:v>
+        <x:v>226.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Genomsnittligt meritvärde</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>PHU.7.1.3</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
         <x:v>Riket</x:v>
       </x:c>
       <x:c r="D14" s="3">
-        <x:v>43100</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
         <x:v>230.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Genomsnittligt meritvärde</x:v>
       </x:c>
       <x:c r="B15" t="str" s="2">
         <x:v>PHU.7.1.3</x:v>
       </x:c>
       <x:c r="C15" t="str" s="2">
         <x:v>Riket</x:v>
       </x:c>
       <x:c r="D15" s="3">
-        <x:v>43465</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E15" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F15" t="n" s="2">
-        <x:v>232</x:v>
+        <x:v>230.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str" s="2">
         <x:v>Genomsnittligt meritvärde</x:v>
       </x:c>
       <x:c r="B16" t="str" s="2">
         <x:v>PHU.7.1.3</x:v>
       </x:c>
       <x:c r="C16" t="str" s="2">
         <x:v>Riket</x:v>
       </x:c>
       <x:c r="D16" s="3">
-        <x:v>43830</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E16" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F16" t="n" s="2">
-        <x:v>231.3</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str" s="2">
         <x:v>Genomsnittligt meritvärde</x:v>
       </x:c>
       <x:c r="B17" t="str" s="2">
         <x:v>PHU.7.1.3</x:v>
       </x:c>
       <x:c r="C17" t="str" s="2">
         <x:v>Riket</x:v>
       </x:c>
       <x:c r="D17" s="3">
-        <x:v>44196</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E17" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F17" t="n" s="2">
-        <x:v>231.7</x:v>
+        <x:v>231.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str" s="2">
         <x:v>Genomsnittligt meritvärde</x:v>
       </x:c>
       <x:c r="B18" t="str" s="2">
         <x:v>PHU.7.1.3</x:v>
       </x:c>
       <x:c r="C18" t="str" s="2">
         <x:v>Riket</x:v>
       </x:c>
       <x:c r="D18" s="3">
-        <x:v>44561</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E18" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F18" t="n" s="2">
-        <x:v>231.2</x:v>
+        <x:v>231.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str" s="2">
         <x:v>Genomsnittligt meritvärde</x:v>
       </x:c>
       <x:c r="B19" t="str" s="2">
         <x:v>PHU.7.1.3</x:v>
       </x:c>
       <x:c r="C19" t="str" s="2">
         <x:v>Riket</x:v>
       </x:c>
       <x:c r="D19" s="3">
-        <x:v>44926</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="E19" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="F19" t="n" s="2">
-        <x:v>227.8</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str" s="2">
         <x:v>Genomsnittligt meritvärde</x:v>
       </x:c>
       <x:c r="B20" t="str" s="2">
         <x:v>PHU.7.1.3</x:v>
       </x:c>
       <x:c r="C20" t="str" s="2">
         <x:v>Riket</x:v>
       </x:c>
       <x:c r="D20" s="3">
-        <x:v>45291</x:v>
+        <x:v>44926</x:v>
       </x:c>
       <x:c r="E20" t="n" s="2">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="F20" t="n" s="2">
-        <x:v>226.6</x:v>
+        <x:v>227.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="str" s="2">
         <x:v>Genomsnittligt meritvärde</x:v>
       </x:c>
       <x:c r="B21" t="str" s="2">
         <x:v>PHU.7.1.3</x:v>
       </x:c>
       <x:c r="C21" t="str" s="2">
         <x:v>Riket</x:v>
       </x:c>
       <x:c r="D21" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E21" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F21" t="n" s="2">
+        <x:v>226.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22">
+      <x:c r="A22" t="str" s="2">
+        <x:v>Genomsnittligt meritvärde</x:v>
+      </x:c>
+      <x:c r="B22" t="str" s="2">
+        <x:v>PHU.7.1.3</x:v>
+      </x:c>
+      <x:c r="C22" t="str" s="2">
+        <x:v>Riket</x:v>
+      </x:c>
+      <x:c r="D22" s="3">
         <x:v>45657</x:v>
       </x:c>
-      <x:c r="E21" t="n" s="2">
+      <x:c r="E22" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="F21" t="n" s="2">
+      <x:c r="F22" t="n" s="2">
         <x:v>225.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23">
+      <x:c r="A23" t="str" s="2">
+        <x:v>Genomsnittligt meritvärde</x:v>
+      </x:c>
+      <x:c r="B23" t="str" s="2">
+        <x:v>PHU.7.1.3</x:v>
+      </x:c>
+      <x:c r="C23" t="str" s="2">
+        <x:v>Riket</x:v>
+      </x:c>
+      <x:c r="D23" s="3">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="E23" t="n" s="2">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="F23" t="n" s="2">
+        <x:v>225.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>