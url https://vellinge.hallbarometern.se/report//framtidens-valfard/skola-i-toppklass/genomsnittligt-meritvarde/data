--- v1 (2025-11-17)
+++ v2 (2026-01-20)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R66fdc7d312f542feb005a419fc8ab999"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R80723661a915432ab3648b142b19847b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66fdc7d312f542feb005a419fc8ab999" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R80723661a915432ab3648b142b19847b" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F23"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>